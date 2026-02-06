--- v0 (2025-12-09)
+++ v1 (2026-02-06)
@@ -426,51 +426,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:C21"/>
+  <dimension ref="A1:C22"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>id</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>tag</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>device_type</t>
         </is>
       </c>
     </row>
     <row r="2">
@@ -748,50 +748,65 @@
         <v>37</v>
       </c>
       <c r="B20" t="inlineStr">
         <is>
           <t>866416042563305</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
           <t>sigpulse</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="n">
         <v>38</v>
       </c>
       <c r="B21" t="inlineStr">
         <is>
           <t>866416042452533</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
           <t>sigpulse</t>
+        </is>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="n">
+        <v>40</v>
+      </c>
+      <c r="B22" t="inlineStr">
+        <is>
+          <t>Paraíba</t>
+        </is>
+      </c>
+      <c r="C22" t="inlineStr">
+        <is>
+          <t>fractum</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:E42"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
@@ -1712,67 +1727,67 @@
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>source_sensor_name</t>
         </is>
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>value</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="n">
         <v>7</v>
       </c>
       <c r="B2" t="n">
         <v>7</v>
       </c>
       <c r="C2" t="inlineStr">
         <is>
           <t>count1</t>
         </is>
       </c>
       <c r="D2" t="n">
-        <v>15074</v>
+        <v>95372</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="n">
         <v>29</v>
       </c>
       <c r="B3" t="n">
         <v>24</v>
       </c>
       <c r="C3" t="inlineStr">
         <is>
           <t>count1</t>
         </is>
       </c>
       <c r="D3" t="n">
-        <v>11103</v>
+        <v>52472</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="n">
         <v>32</v>
       </c>
       <c r="B4" t="n">
         <v>28</v>
       </c>
       <c r="C4" t="inlineStr">
         <is>
           <t>count2</t>
         </is>
       </c>
       <c r="D4" t="n">
         <v>8692</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="n">
         <v>33</v>
       </c>
       <c r="B5" t="n">
         <v>28</v>
       </c>